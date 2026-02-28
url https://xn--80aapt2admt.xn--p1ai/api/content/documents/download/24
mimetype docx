--- v0 (2025-10-10)
+++ v1 (2026-02-28)
@@ -3093,79 +3093,79 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:smallCaps/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B11F3">
         <w:rPr>
           <w:bCs/>
           <w:smallCaps/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>СРОК ДЕЙСТВИЯ И ПОРЯДОК РАСТОРЖЕНИЯ ДОГОВОРА</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="151157FC" w14:textId="044F5958" w:rsidR="00B12A6F" w:rsidRPr="000B11F3" w:rsidRDefault="00C343F4" w:rsidP="00F9767C">
+    <w:p w14:paraId="151157FC" w14:textId="1F140B67" w:rsidR="00B12A6F" w:rsidRPr="000B11F3" w:rsidRDefault="00C343F4" w:rsidP="00F9767C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B11F3">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6.1. Настоящий договор вступает в силу с момента его подписания сторонами и действует до 31 декабря 202</w:t>
       </w:r>
-      <w:r w:rsidR="00501DE3" w:rsidRPr="000B11F3">
-[...5 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00CA0078">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="000B11F3">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> года. Срок оказания услуг совпадает со сроком действия настоящего договора. В случае если не позднее чем за два месяца до даты прекращения действия Договора ни одна из Сторон не заявила о необходимости такого прекращения, то срок действия Договора автоматически продлевается неограниченное число раз на новый срок на таких же условиях.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="556911DF" w14:textId="77777777" w:rsidR="00B12A6F" w:rsidRPr="000B11F3" w:rsidRDefault="00C343F4" w:rsidP="00F9767C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B11F3">
@@ -4959,75 +4959,75 @@
                   <w:r w:rsidRPr="000B11F3">
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>________________/А.В. Ведерн</w:t>
                   </w:r>
                   <w:r w:rsidR="0032388A" w:rsidRPr="000B11F3">
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>и</w:t>
                   </w:r>
                   <w:r w:rsidRPr="000B11F3">
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>ков</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="3B8BF8E8" w14:textId="0A2508DE" w:rsidR="00F9767C" w:rsidRPr="000B11F3" w:rsidRDefault="00F9767C" w:rsidP="00F9767C">
+                <w:p w14:paraId="3B8BF8E8" w14:textId="0D571170" w:rsidR="00F9767C" w:rsidRPr="000B11F3" w:rsidRDefault="00F9767C" w:rsidP="00F9767C">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="000B11F3">
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>«___»______________202</w:t>
                   </w:r>
-                  <w:r w:rsidR="007E6921" w:rsidRPr="000B11F3">
+                  <w:r w:rsidR="00CA0078">
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>5</w:t>
+                    <w:t>6</w:t>
                   </w:r>
                   <w:r w:rsidRPr="000B11F3">
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>г.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="2C98CBE2" w14:textId="77777777" w:rsidR="00F9767C" w:rsidRPr="000B11F3" w:rsidRDefault="00F9767C" w:rsidP="00F9767C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -5098,74 +5098,74 @@
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B11F3">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>_________________/</w:t>
             </w:r>
             <w:r w:rsidR="00D42ADE" w:rsidRPr="000B11F3">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>___________</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E4CA37A" w14:textId="154AA962" w:rsidR="00F9767C" w:rsidRPr="000B11F3" w:rsidRDefault="00F9767C" w:rsidP="00F9767C">
+          <w:p w14:paraId="1E4CA37A" w14:textId="478A45DE" w:rsidR="00F9767C" w:rsidRPr="000B11F3" w:rsidRDefault="00F9767C" w:rsidP="00F9767C">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B11F3">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«___»______________202</w:t>
             </w:r>
-            <w:r w:rsidR="007E6921" w:rsidRPr="000B11F3">
+            <w:r w:rsidR="00CA0078">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="000B11F3">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>г</w:t>
             </w:r>
             <w:permEnd w:id="1926516106"/>
             <w:r w:rsidRPr="000B11F3">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2266320B" w14:textId="77777777" w:rsidR="00B12A6F" w:rsidRPr="000B11F3" w:rsidRDefault="00B12A6F" w:rsidP="00F9767C">
       <w:pPr>
         <w:jc w:val="both"/>
@@ -7389,58 +7389,58 @@
       <w:r w:rsidR="008B3682" w:rsidRPr="000B11F3">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00B12A6F" w:rsidRPr="000B11F3" w:rsidSect="00223070">
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="993" w:right="851" w:bottom="1134" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6F5F4C30" w14:textId="77777777" w:rsidR="00EA5864" w:rsidRDefault="00EA5864">
+    <w:p w14:paraId="4B631535" w14:textId="77777777" w:rsidR="00C30CE6" w:rsidRDefault="00C30CE6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="70C148FB" w14:textId="77777777" w:rsidR="00EA5864" w:rsidRDefault="00EA5864">
+    <w:p w14:paraId="07ED5ED6" w14:textId="77777777" w:rsidR="00C30CE6" w:rsidRDefault="00C30CE6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
@@ -7497,58 +7497,58 @@
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="4CA90776" w14:textId="77777777" w:rsidR="00B12A6F" w:rsidRDefault="00B12A6F">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="261"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4CFD0C4A" w14:textId="77777777" w:rsidR="00EA5864" w:rsidRDefault="00EA5864">
+    <w:p w14:paraId="0E271A40" w14:textId="77777777" w:rsidR="00C30CE6" w:rsidRDefault="00C30CE6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3C2CE28A" w14:textId="77777777" w:rsidR="00EA5864" w:rsidRDefault="00EA5864">
+    <w:p w14:paraId="24760279" w14:textId="77777777" w:rsidR="00C30CE6" w:rsidRDefault="00C30CE6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="19DB1E9F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="19DB1E9F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -8646,52 +8646,51 @@
   </w:num>
   <w:num w:numId="6" w16cid:durableId="734861438">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1157300709">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1699620418">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="793134614">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="2133016715">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1601137406">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
-  <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="OEGgv1YnGhiRQauhZiWdA+ZfZT36Af+W60AoK6ZM0W0o4wflzkcZnXXD4fcH+PqXl2wRBIaO1Z4MErH1b4miSQ==" w:salt="SHifX1UxW9XqpYSpqwGdww=="/>
+  <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="+QonoWbWVqZAoTk6L/T+LWTyuYGxKx5TpYxBVxX8ZS7Bg0uibNNXgjU0Iugi+hkMu5WNea5Q8kj11smu4JB9Fg==" w:salt="jH0PVIdJiGGG/tn1xfJpBg=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00686490"/>
     <w:rsid w:val="00070DFF"/>
     <w:rsid w:val="00072EEE"/>
     <w:rsid w:val="0008567B"/>
     <w:rsid w:val="00085955"/>
     <w:rsid w:val="00094B2E"/>
@@ -8707,50 +8706,51 @@
     <w:rsid w:val="0015067B"/>
     <w:rsid w:val="00215BDE"/>
     <w:rsid w:val="00223070"/>
     <w:rsid w:val="002362C5"/>
     <w:rsid w:val="00246262"/>
     <w:rsid w:val="002F048E"/>
     <w:rsid w:val="002F35EC"/>
     <w:rsid w:val="002F411A"/>
     <w:rsid w:val="0031321E"/>
     <w:rsid w:val="0032388A"/>
     <w:rsid w:val="0035704F"/>
     <w:rsid w:val="0038445A"/>
     <w:rsid w:val="003A0A02"/>
     <w:rsid w:val="003A37BD"/>
     <w:rsid w:val="003D02AC"/>
     <w:rsid w:val="003E67FB"/>
     <w:rsid w:val="003F0CAE"/>
     <w:rsid w:val="00435BC4"/>
     <w:rsid w:val="00462F81"/>
     <w:rsid w:val="00483266"/>
     <w:rsid w:val="004875C3"/>
     <w:rsid w:val="004A7484"/>
     <w:rsid w:val="004D0CE6"/>
     <w:rsid w:val="004E5716"/>
     <w:rsid w:val="00501DE3"/>
+    <w:rsid w:val="005934CA"/>
     <w:rsid w:val="005A1429"/>
     <w:rsid w:val="005A3D8C"/>
     <w:rsid w:val="005A58C1"/>
     <w:rsid w:val="005B0E77"/>
     <w:rsid w:val="005D224E"/>
     <w:rsid w:val="005D24F9"/>
     <w:rsid w:val="005E6E67"/>
     <w:rsid w:val="0060194E"/>
     <w:rsid w:val="00621622"/>
     <w:rsid w:val="00686490"/>
     <w:rsid w:val="006B39B4"/>
     <w:rsid w:val="006D3180"/>
     <w:rsid w:val="0070757B"/>
     <w:rsid w:val="00720A0E"/>
     <w:rsid w:val="0077312A"/>
     <w:rsid w:val="007908FD"/>
     <w:rsid w:val="007C1C89"/>
     <w:rsid w:val="007E6921"/>
     <w:rsid w:val="007E7C40"/>
     <w:rsid w:val="0082189D"/>
     <w:rsid w:val="00856FC0"/>
     <w:rsid w:val="008620B2"/>
     <w:rsid w:val="008A5FD8"/>
     <w:rsid w:val="008B3682"/>
     <w:rsid w:val="008C7643"/>
@@ -8759,53 +8759,55 @@
     <w:rsid w:val="0099214C"/>
     <w:rsid w:val="009A6BF0"/>
     <w:rsid w:val="009B5DB8"/>
     <w:rsid w:val="009C3228"/>
     <w:rsid w:val="009D35F6"/>
     <w:rsid w:val="009E1C62"/>
     <w:rsid w:val="009E7748"/>
     <w:rsid w:val="009F6E2A"/>
     <w:rsid w:val="00A0264E"/>
     <w:rsid w:val="00A039C6"/>
     <w:rsid w:val="00A16A5F"/>
     <w:rsid w:val="00A912E8"/>
     <w:rsid w:val="00A97F02"/>
     <w:rsid w:val="00AA590B"/>
     <w:rsid w:val="00B12A6F"/>
     <w:rsid w:val="00B35F56"/>
     <w:rsid w:val="00B6685F"/>
     <w:rsid w:val="00B75629"/>
     <w:rsid w:val="00B777A5"/>
     <w:rsid w:val="00B850A7"/>
     <w:rsid w:val="00B947C5"/>
     <w:rsid w:val="00B9530D"/>
     <w:rsid w:val="00BA497D"/>
     <w:rsid w:val="00BC3571"/>
     <w:rsid w:val="00BC6814"/>
+    <w:rsid w:val="00C30CE6"/>
     <w:rsid w:val="00C343F4"/>
     <w:rsid w:val="00C57AA7"/>
     <w:rsid w:val="00C97D67"/>
+    <w:rsid w:val="00CA0078"/>
     <w:rsid w:val="00CE6E37"/>
     <w:rsid w:val="00D064C1"/>
     <w:rsid w:val="00D143AA"/>
     <w:rsid w:val="00D42ADE"/>
     <w:rsid w:val="00D6580E"/>
     <w:rsid w:val="00D75680"/>
     <w:rsid w:val="00D930C1"/>
     <w:rsid w:val="00DC3745"/>
     <w:rsid w:val="00DD2813"/>
     <w:rsid w:val="00DD61A1"/>
     <w:rsid w:val="00DE0659"/>
     <w:rsid w:val="00E2400B"/>
     <w:rsid w:val="00E54F4F"/>
     <w:rsid w:val="00E701B0"/>
     <w:rsid w:val="00E9608C"/>
     <w:rsid w:val="00EA5864"/>
     <w:rsid w:val="00EC5D53"/>
     <w:rsid w:val="00ED1D74"/>
     <w:rsid w:val="00F32013"/>
     <w:rsid w:val="00F46F20"/>
     <w:rsid w:val="00F8048D"/>
     <w:rsid w:val="00F9767C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
@@ -20634,51 +20636,51 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:SpecialFormsHighlight w:val="c9c8ff"/>
 </w:settings>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5D0AEA6B-E499-4EEF-98A3-AFBB261C493E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
+  <Pages>1</Pages>
   <Words>4608</Words>
   <Characters>26266</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>8</DocSecurity>
   <Lines>218</Lines>
   <Paragraphs>61</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>30813</CharactersWithSpaces>