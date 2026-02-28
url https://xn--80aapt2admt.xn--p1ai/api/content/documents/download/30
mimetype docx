--- v0 (2025-10-10)
+++ v1 (2026-02-28)
@@ -180,51 +180,87 @@
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ма Владимировича, действующего на основании Устава, с одной стороны, и </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28B03214" w14:textId="15C86C6D" w:rsidR="00BC7D8A" w:rsidRPr="00C62D47" w:rsidRDefault="00BC7D8A" w:rsidP="00BC7D8A">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:permStart w:id="1561678098" w:edGrp="everyone"/>
       <w:r w:rsidRPr="00C62D47">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>_______________________________________________(ИНН              ), именуемое в дальнейшем «Исполнитель», с другой стороны, вместе именуемые «Стороны», заключили настоящий договор о нижеследующем:</w:t>
+        <w:t>______________________________________________</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C62D47">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C62D47">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ИНН            </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C62D47">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C62D47">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, именуемое в дальнейшем «Исполнитель», с другой стороны, вместе именуемые «Стороны», заключили настоящий договор о нижеследующем:</w:t>
       </w:r>
     </w:p>
     <w:permEnd w:id="1561678098"/>
     <w:p w14:paraId="0A7DE7AF" w14:textId="77777777" w:rsidR="00BC7D8A" w:rsidRPr="00C62D47" w:rsidRDefault="00BC7D8A" w:rsidP="00BC7D8A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B2DE3D1" w14:textId="77777777" w:rsidR="00BC7D8A" w:rsidRPr="00C62D47" w:rsidRDefault="00BC7D8A" w:rsidP="00BC7D8A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="22"/>
@@ -2406,71 +2442,87 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:smallCaps/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C62D47">
         <w:rPr>
           <w:bCs/>
           <w:smallCaps/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>СРОК ДЕЙСТВИЯ И ПОРЯДОК РАСТОРЖЕНИЯ ДОГОВОРА</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C0B6759" w14:textId="77777777" w:rsidR="00BC7D8A" w:rsidRPr="00C62D47" w:rsidRDefault="00BC7D8A" w:rsidP="00BC7D8A">
+    <w:p w14:paraId="0C0B6759" w14:textId="0207F9E4" w:rsidR="00BC7D8A" w:rsidRPr="00C62D47" w:rsidRDefault="00BC7D8A" w:rsidP="00BC7D8A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C62D47">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>6.1. Настоящий договор вступает в силу с момента его подписания сторонами и действует до 31 декабря 2025 года. Срок оказания услуг совпадает со сроком действия настоящего договора. В случае если не позднее чем за два месяца до даты прекращения действия Договора ни одна из Сторон не заявила о необходимости такого прекращения, то срок действия Договора автоматически продлевается неограниченное число раз на новый срок на таких же условиях.</w:t>
+        <w:t>6.1. Настоящий договор вступает в силу с момента его подписания сторонами и действует до 31 декабря 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00F470D6">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C62D47">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года. Срок оказания услуг совпадает со сроком действия настоящего договора. В случае если не позднее чем за два месяца до даты прекращения действия Договора ни одна из Сторон не заявила о необходимости такого прекращения, то срок действия Договора автоматически продлевается неограниченное число раз на новый срок на таких же условиях.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C8882BF" w14:textId="77777777" w:rsidR="00BC7D8A" w:rsidRPr="00C62D47" w:rsidRDefault="00BC7D8A" w:rsidP="00BC7D8A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C62D47">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6.2. Стороны имеют право в одностороннем порядке досрочно расторгнуть настоящий договор путем уведомления другой стороны не менее чем за 10 (десять) календарных дней. При этом Заказчик обязан оплатить Исполнителю стоимость фактически оказанных и принятых на момент расторжения настоящего договора услуг.</w:t>
       </w:r>
     </w:p>
@@ -4028,75 +4080,93 @@
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
                 <w:p w14:paraId="38185E24" w14:textId="47AE2467" w:rsidR="00BC7D8A" w:rsidRPr="00C62D47" w:rsidRDefault="00BC7D8A" w:rsidP="001B1931">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00C62D47">
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>________________/А.В. Ведерников</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="19E054E3" w14:textId="0E08EED4" w:rsidR="00BC7D8A" w:rsidRPr="00C62D47" w:rsidRDefault="00BC7D8A" w:rsidP="001B1931">
+                <w:p w14:paraId="19E054E3" w14:textId="34B72BA7" w:rsidR="00BC7D8A" w:rsidRPr="00C62D47" w:rsidRDefault="00BC7D8A" w:rsidP="001B1931">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00C62D47">
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>«___»______________202</w:t>
+                    <w:t>«__</w:t>
                   </w:r>
-                  <w:r w:rsidR="008D7961" w:rsidRPr="00C62D47">
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="00C62D47">
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>5</w:t>
+                    <w:t>_»_</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="00C62D47">
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>_____________202</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00F470D6">
+                    <w:rPr>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>6</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00C62D47">
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>г.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="04FDC3CA" w14:textId="77777777" w:rsidR="00BC7D8A" w:rsidRPr="00C62D47" w:rsidRDefault="00BC7D8A" w:rsidP="001B1931">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -4159,66 +4229,100 @@
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="11E26C24" w14:textId="77777777" w:rsidR="00BC7D8A" w:rsidRPr="00C62D47" w:rsidRDefault="00BC7D8A" w:rsidP="001B1931">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C62D47">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>_________________/___________</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="365B6B7C" w14:textId="77777777" w:rsidR="00BC7D8A" w:rsidRPr="00C62D47" w:rsidRDefault="00BC7D8A" w:rsidP="001B1931">
+          <w:p w14:paraId="365B6B7C" w14:textId="4BDD0679" w:rsidR="00BC7D8A" w:rsidRPr="00C62D47" w:rsidRDefault="00BC7D8A" w:rsidP="001B1931">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C62D47">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>«___»______________2024г.</w:t>
+              <w:t>«__</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C62D47">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>_»_</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C62D47">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>_____________202</w:t>
+            </w:r>
+            <w:r w:rsidR="00F470D6">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C62D47">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>г.</w:t>
             </w:r>
             <w:permEnd w:id="715593850"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1D1358E9" w14:textId="77777777" w:rsidR="00BC7D8A" w:rsidRPr="00C62D47" w:rsidRDefault="00BC7D8A" w:rsidP="00BC7D8A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A46B080" w14:textId="77777777" w:rsidR="00BC7D8A" w:rsidRPr="00C62D47" w:rsidRDefault="00BC7D8A" w:rsidP="00BC7D8A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -5876,58 +5980,58 @@
       </w:pPr>
       <w:r w:rsidRPr="00C62D47">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>АН запрещается разглашать условия работы с Заказчиком.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00BC7D8A" w:rsidRPr="00C62D47" w:rsidSect="00BC7D8A">
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="993" w:right="851" w:bottom="1134" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="376BF80F" w14:textId="77777777" w:rsidR="00F53702" w:rsidRDefault="00F53702">
+    <w:p w14:paraId="0C4A4A15" w14:textId="77777777" w:rsidR="0021266F" w:rsidRDefault="0021266F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6D224CD5" w14:textId="77777777" w:rsidR="00F53702" w:rsidRDefault="00F53702">
+    <w:p w14:paraId="7E0D5757" w14:textId="77777777" w:rsidR="0021266F" w:rsidRDefault="0021266F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -5975,58 +6079,58 @@
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="05B30B97" w14:textId="77777777" w:rsidR="00F53702" w:rsidRDefault="00F53702">
+    <w:p w14:paraId="2074F616" w14:textId="77777777" w:rsidR="0021266F" w:rsidRDefault="0021266F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="10A711BF" w14:textId="77777777" w:rsidR="00F53702" w:rsidRDefault="00F53702">
+    <w:p w14:paraId="2EF6995F" w14:textId="77777777" w:rsidR="0021266F" w:rsidRDefault="0021266F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="19DB1E9F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="19DB1E9F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -7124,122 +7228,126 @@
   </w:num>
   <w:num w:numId="6" w16cid:durableId="734861438">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1157300709">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1699620418">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="793134614">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="2133016715">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1601137406">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="6svD7nn0KOe6bob50B2PlJBKEwxj9ZAmEL6lkip3dMUVKt6TVXy5E+1ZI5iHxs7tq7j5P8N7NaTs8V0SJ0eqog==" w:salt="FmKa5Knuo9sGL4vOLFPzSA=="/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="WkX/z65PsNqgAcMEMe37TEOsp7TgXIIipA3cDs5oPfOr7dVNo9Ma3Ep9BMjGNZk9Mpzdp6M4ykALxfJatYXqXQ==" w:salt="NIzDn62R5zs9ftAshWjDyQ=="/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0012694B"/>
     <w:rsid w:val="000B491E"/>
     <w:rsid w:val="000B5CFA"/>
     <w:rsid w:val="0012694B"/>
     <w:rsid w:val="001C49D2"/>
+    <w:rsid w:val="0021266F"/>
     <w:rsid w:val="00256B87"/>
     <w:rsid w:val="0026622A"/>
     <w:rsid w:val="002F048E"/>
     <w:rsid w:val="00313BA7"/>
     <w:rsid w:val="003823D0"/>
     <w:rsid w:val="003C45C6"/>
     <w:rsid w:val="003E67FB"/>
     <w:rsid w:val="00492305"/>
     <w:rsid w:val="004F779A"/>
     <w:rsid w:val="00532FD5"/>
     <w:rsid w:val="00556AAF"/>
     <w:rsid w:val="00581C59"/>
     <w:rsid w:val="00591305"/>
     <w:rsid w:val="005C15DF"/>
     <w:rsid w:val="005F5BC3"/>
     <w:rsid w:val="006C0B77"/>
     <w:rsid w:val="00765260"/>
     <w:rsid w:val="008242FF"/>
     <w:rsid w:val="00870751"/>
     <w:rsid w:val="0087330F"/>
     <w:rsid w:val="0087701F"/>
     <w:rsid w:val="008D11DD"/>
     <w:rsid w:val="008D7961"/>
     <w:rsid w:val="00911D3A"/>
     <w:rsid w:val="00922C48"/>
     <w:rsid w:val="009707BC"/>
     <w:rsid w:val="00970C8D"/>
     <w:rsid w:val="009724A9"/>
     <w:rsid w:val="009E1C62"/>
     <w:rsid w:val="00A16A5F"/>
     <w:rsid w:val="00A21EA1"/>
     <w:rsid w:val="00A64FF5"/>
     <w:rsid w:val="00A8717D"/>
     <w:rsid w:val="00AA590B"/>
     <w:rsid w:val="00AE101E"/>
     <w:rsid w:val="00B37D0A"/>
     <w:rsid w:val="00B902E9"/>
     <w:rsid w:val="00B915B7"/>
     <w:rsid w:val="00B9530D"/>
     <w:rsid w:val="00BC7D8A"/>
     <w:rsid w:val="00BE2EC9"/>
     <w:rsid w:val="00C00A5E"/>
     <w:rsid w:val="00C62D47"/>
+    <w:rsid w:val="00E74A69"/>
     <w:rsid w:val="00EA59DF"/>
     <w:rsid w:val="00EE4070"/>
     <w:rsid w:val="00EF608F"/>
     <w:rsid w:val="00F12C76"/>
+    <w:rsid w:val="00F470D6"/>
     <w:rsid w:val="00F53702"/>
     <w:rsid w:val="00F538F9"/>
     <w:rsid w:val="00FF67B5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -7855,50 +7963,51 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1737819703">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://&#1093;&#1072;&#1088;&#1072;&#1082;&#1090;&#1077;&#1088;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chemp72.ru/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://&#1054;&#1090;&#1083;&#1080;&#1095;&#1080;&#1077;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://&#1093;&#1072;&#1088;&#1072;&#1082;&#1090;&#1077;&#1088;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://&#1093;&#1072;&#1088;&#1072;&#1082;&#1090;&#1077;&#1088;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -8144,51 +8253,51 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E95C6365-3689-4C84-8C5B-4988ED5C2162}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
+  <Pages>1</Pages>
   <Words>4626</Words>
   <Characters>26370</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>8</DocSecurity>
   <Lines>219</Lines>
   <Paragraphs>61</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>30935</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Елисюк Анжела Александровна</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>