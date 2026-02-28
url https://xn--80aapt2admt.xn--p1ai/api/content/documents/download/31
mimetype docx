--- v0 (2025-10-10)
+++ v1 (2026-02-28)
@@ -3104,79 +3104,79 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008702B6">
         <w:rPr>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>СРОК ДЕЙСТВИЯ И ПОРЯДОК РАСТОРЖЕНИЯ ДОГОВОРА</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="151157FC" w14:textId="044F5958" w:rsidR="00B12A6F" w:rsidRPr="008702B6" w:rsidRDefault="00C343F4" w:rsidP="00F9767C">
+    <w:p w14:paraId="151157FC" w14:textId="1482A9BF" w:rsidR="00B12A6F" w:rsidRPr="008702B6" w:rsidRDefault="00C343F4" w:rsidP="00F9767C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008702B6">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6.1. Настоящий договор вступает в силу с момента его подписания сторонами и действует до 31 декабря 202</w:t>
       </w:r>
-      <w:r w:rsidR="00501DE3" w:rsidRPr="008702B6">
-[...5 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00E618AD">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="008702B6">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> года. Срок оказания услуг совпадает со сроком действия настоящего договора. В случае если не позднее чем за два месяца до даты прекращения действия Договора ни одна из Сторон не заявила о необходимости такого прекращения, то срок действия Договора автоматически продлевается неограниченное число раз на новый срок на таких же условиях.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="556911DF" w14:textId="77777777" w:rsidR="00B12A6F" w:rsidRPr="008702B6" w:rsidRDefault="00C343F4" w:rsidP="00F9767C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008702B6">
@@ -4994,75 +4994,75 @@
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="008702B6">
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">________________/А.В. </w:t>
                   </w:r>
                   <w:r w:rsidR="00094396" w:rsidRPr="008702B6">
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Ведерников</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="3B8BF8E8" w14:textId="1887B07B" w:rsidR="00F9767C" w:rsidRPr="008702B6" w:rsidRDefault="00F9767C" w:rsidP="00F9767C">
+                <w:p w14:paraId="3B8BF8E8" w14:textId="46887A90" w:rsidR="00F9767C" w:rsidRPr="008702B6" w:rsidRDefault="00F9767C" w:rsidP="00F9767C">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="008702B6">
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>«___»______________202</w:t>
                   </w:r>
-                  <w:r w:rsidR="00D45227" w:rsidRPr="008702B6">
+                  <w:r w:rsidR="00E618AD">
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>5</w:t>
+                    <w:t>6</w:t>
                   </w:r>
                   <w:r w:rsidRPr="008702B6">
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>г.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="2C98CBE2" w14:textId="77777777" w:rsidR="00F9767C" w:rsidRPr="008702B6" w:rsidRDefault="00F9767C" w:rsidP="00F9767C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -5133,92 +5133,74 @@
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008702B6">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>_________________/</w:t>
             </w:r>
             <w:r w:rsidR="00D42ADE" w:rsidRPr="008702B6">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>___________</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E4CA37A" w14:textId="4691EDA9" w:rsidR="00F9767C" w:rsidRPr="008702B6" w:rsidRDefault="00F9767C" w:rsidP="00F9767C">
+          <w:p w14:paraId="1E4CA37A" w14:textId="39BB4584" w:rsidR="00F9767C" w:rsidRPr="008702B6" w:rsidRDefault="00F9767C" w:rsidP="00F9767C">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008702B6">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>«__</w:t>
+              <w:t>«___»______________202</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="008702B6">
+            <w:r w:rsidR="00E618AD">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>_»_</w:t>
-[...16 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="008702B6">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>г</w:t>
             </w:r>
             <w:permEnd w:id="814879232"/>
             <w:r w:rsidRPr="008702B6">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2266320B" w14:textId="77777777" w:rsidR="00B12A6F" w:rsidRPr="008702B6" w:rsidRDefault="00B12A6F" w:rsidP="00F9767C">
       <w:pPr>
         <w:jc w:val="both"/>
@@ -5990,59 +5972,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008702B6">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">- корректное закрепление клиента в </w:t>
       </w:r>
       <w:r w:rsidRPr="006C2F9C">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>TELEGRAM боте</w:t>
       </w:r>
       <w:r w:rsidR="006C2F9C" w:rsidRPr="006C2F9C">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t>@x_devel_bot</w:t>
+        <w:t xml:space="preserve"> @x_devel_bot</w:t>
       </w:r>
       <w:r w:rsidRPr="006C2F9C">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, на</w:t>
       </w:r>
       <w:r w:rsidRPr="008702B6">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> сайтах ЖК, либо через личную коммуникацию с менеджером отдела продаж застройщика;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48A529DB" w14:textId="77777777" w:rsidR="00B12A6F" w:rsidRPr="008702B6" w:rsidRDefault="00C343F4" w:rsidP="00F9767C">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:bCs/>
@@ -7212,58 +7186,58 @@
       </w:r>
       <w:r w:rsidR="008B3682" w:rsidRPr="008702B6">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00B12A6F" w:rsidRPr="008702B6" w:rsidSect="005A0C5D">
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="709" w:right="851" w:bottom="1134" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2777C287" w14:textId="77777777" w:rsidR="00EA4B9E" w:rsidRDefault="00EA4B9E">
+    <w:p w14:paraId="2469F023" w14:textId="77777777" w:rsidR="00183A34" w:rsidRDefault="00183A34">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="00E5AE63" w14:textId="77777777" w:rsidR="00EA4B9E" w:rsidRDefault="00EA4B9E">
+    <w:p w14:paraId="7D88626B" w14:textId="77777777" w:rsidR="00183A34" w:rsidRDefault="00183A34">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
@@ -7310,58 +7284,58 @@
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00F46F20">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2BA967F7" w14:textId="77777777" w:rsidR="00EA4B9E" w:rsidRDefault="00EA4B9E">
+    <w:p w14:paraId="0CE17A5A" w14:textId="77777777" w:rsidR="00183A34" w:rsidRDefault="00183A34">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1157E60A" w14:textId="77777777" w:rsidR="00EA4B9E" w:rsidRDefault="00EA4B9E">
+    <w:p w14:paraId="6EB25C19" w14:textId="77777777" w:rsidR="00183A34" w:rsidRDefault="00183A34">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F1675F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5C64D2FA"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
@@ -8643,90 +8617,90 @@
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1699620418">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="793134614">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="2133016715">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1601137406">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="278266480">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="774326155">
     <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="CaqDxAMb0IL3hJectvVdlynLffQKUp+W4hMj0soVa8qOjZ6JaTTNzRqlHZZMrvv4yHVXdZFE2I6eGm9HMt9yLQ==" w:salt="u8d1Ikj955Hm/QfqdX4v3A=="/>
+  <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="WqPwucfOu3Ip+20Aku/Dfh0YmFns50cnqWs2vQKUhQKQgO3ZqpTkapCWrFdBpqs3wknVOtS1a++ikDJv/oqAcw==" w:salt="SXbLEBWinXJ2XWDruz4zmQ=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00686490"/>
     <w:rsid w:val="00067A98"/>
     <w:rsid w:val="00072EEE"/>
     <w:rsid w:val="00080717"/>
     <w:rsid w:val="0008567B"/>
     <w:rsid w:val="00085955"/>
     <w:rsid w:val="00094396"/>
     <w:rsid w:val="00094B2E"/>
     <w:rsid w:val="000A12EB"/>
     <w:rsid w:val="000B11EF"/>
     <w:rsid w:val="000C1D2D"/>
     <w:rsid w:val="000C3E4A"/>
     <w:rsid w:val="000C49B5"/>
     <w:rsid w:val="000D5F65"/>
     <w:rsid w:val="000E60F2"/>
     <w:rsid w:val="001035D2"/>
     <w:rsid w:val="00114573"/>
     <w:rsid w:val="001223A0"/>
     <w:rsid w:val="0015067B"/>
+    <w:rsid w:val="00183A34"/>
     <w:rsid w:val="00200C11"/>
     <w:rsid w:val="00223070"/>
     <w:rsid w:val="002362C5"/>
     <w:rsid w:val="002367AC"/>
     <w:rsid w:val="00246262"/>
     <w:rsid w:val="00251A90"/>
     <w:rsid w:val="00253056"/>
     <w:rsid w:val="002F048E"/>
     <w:rsid w:val="002F35EC"/>
     <w:rsid w:val="002F411A"/>
     <w:rsid w:val="0031321E"/>
     <w:rsid w:val="0038445A"/>
     <w:rsid w:val="003A0A02"/>
     <w:rsid w:val="003A37BD"/>
     <w:rsid w:val="003D02AC"/>
     <w:rsid w:val="003F0CAE"/>
     <w:rsid w:val="00407AA7"/>
     <w:rsid w:val="00435BC4"/>
     <w:rsid w:val="00462F81"/>
     <w:rsid w:val="00483266"/>
     <w:rsid w:val="004875C3"/>
     <w:rsid w:val="004A7484"/>
     <w:rsid w:val="004D0CE6"/>
     <w:rsid w:val="004E5716"/>
     <w:rsid w:val="00501DE3"/>
@@ -8778,53 +8752,55 @@
     <w:rsid w:val="00AF3C9D"/>
     <w:rsid w:val="00B12A6F"/>
     <w:rsid w:val="00B6685F"/>
     <w:rsid w:val="00B75629"/>
     <w:rsid w:val="00B777A5"/>
     <w:rsid w:val="00B850A7"/>
     <w:rsid w:val="00B947C5"/>
     <w:rsid w:val="00BB5F6A"/>
     <w:rsid w:val="00BC3571"/>
     <w:rsid w:val="00BC6814"/>
     <w:rsid w:val="00BD640B"/>
     <w:rsid w:val="00C343F4"/>
     <w:rsid w:val="00C97D67"/>
     <w:rsid w:val="00D064C1"/>
     <w:rsid w:val="00D42ADE"/>
     <w:rsid w:val="00D45227"/>
     <w:rsid w:val="00D6580E"/>
     <w:rsid w:val="00D75680"/>
     <w:rsid w:val="00D930C1"/>
     <w:rsid w:val="00DA5CFD"/>
     <w:rsid w:val="00DB600C"/>
     <w:rsid w:val="00DC3745"/>
     <w:rsid w:val="00DD2813"/>
     <w:rsid w:val="00DD61A1"/>
     <w:rsid w:val="00DE0659"/>
+    <w:rsid w:val="00DF765A"/>
     <w:rsid w:val="00E05466"/>
     <w:rsid w:val="00E2400B"/>
     <w:rsid w:val="00E54F4F"/>
+    <w:rsid w:val="00E618AD"/>
     <w:rsid w:val="00E9608C"/>
     <w:rsid w:val="00EA4B9E"/>
     <w:rsid w:val="00ED1D74"/>
     <w:rsid w:val="00F32013"/>
     <w:rsid w:val="00F46F20"/>
     <w:rsid w:val="00F71B11"/>
     <w:rsid w:val="00F8048D"/>
     <w:rsid w:val="00F867C3"/>
     <w:rsid w:val="00F9504E"/>
     <w:rsid w:val="00F9767C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
@@ -20628,71 +20604,71 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:SpecialFormsHighlight w:val="c9c8ff"/>
 </w:settings>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5D0AEA6B-E499-4EEF-98A3-AFBB261C493E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4963969B-DF5D-4DA0-AA26-C345B087A954}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4963969B-DF5D-4DA0-AA26-C345B087A954}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5D0AEA6B-E499-4EEF-98A3-AFBB261C493E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>4599</Words>
   <Characters>26216</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>8</DocSecurity>
   <Lines>218</Lines>
   <Paragraphs>61</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>