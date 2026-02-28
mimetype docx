--- v0 (2025-10-10)
+++ v1 (2026-02-28)
@@ -212,88 +212,60 @@
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, именуемое в дальнейшем «Заказчик», в лице директора Ведерникова Артёма Владимировича, действующего на основании Устава, с одной стороны, и </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="579F2FA5" w14:textId="796B6EB2" w:rsidR="00B12A6F" w:rsidRPr="000A45D0" w:rsidRDefault="00C343F4" w:rsidP="00F9767C">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:permStart w:id="1550325793" w:edGrp="everyone"/>
       <w:r w:rsidRPr="000A45D0">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>______________________________________________</w:t>
-[...8 lines deleted...]
-        <w:t>_</w:t>
+        <w:t>_______________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00F9767C" w:rsidRPr="000A45D0">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...19 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>(ИНН              )</w:t>
+      </w:r>
       <w:r w:rsidRPr="000A45D0">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, именуемое в дальнейшем «Исполнитель», с другой стороны, вместе именуемые «Стороны», заключили настоящий договор о нижеследующем</w:t>
       </w:r>
       <w:permEnd w:id="1550325793"/>
       <w:r w:rsidRPr="000A45D0">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10F3B3AC" w14:textId="77777777" w:rsidR="00B12A6F" w:rsidRPr="000A45D0" w:rsidRDefault="00B12A6F" w:rsidP="00A039C6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -3091,79 +3063,79 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:smallCaps/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A45D0">
         <w:rPr>
           <w:bCs/>
           <w:smallCaps/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>СРОК ДЕЙСТВИЯ И ПОРЯДОК РАСТОРЖЕНИЯ ДОГОВОРА</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="151157FC" w14:textId="044F5958" w:rsidR="00B12A6F" w:rsidRPr="000A45D0" w:rsidRDefault="00C343F4" w:rsidP="00F9767C">
+    <w:p w14:paraId="151157FC" w14:textId="11F97FA8" w:rsidR="00B12A6F" w:rsidRPr="000A45D0" w:rsidRDefault="00C343F4" w:rsidP="00F9767C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A45D0">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6.1. Настоящий договор вступает в силу с момента его подписания сторонами и действует до 31 декабря 202</w:t>
       </w:r>
-      <w:r w:rsidR="00501DE3" w:rsidRPr="000A45D0">
-[...5 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="0013493C">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="000A45D0">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> года. Срок оказания услуг совпадает со сроком действия настоящего договора. В случае если не позднее чем за два месяца до даты прекращения действия Договора ни одна из Сторон не заявила о необходимости такого прекращения, то срок действия Договора автоматически продлевается неограниченное число раз на новый срок на таких же условиях.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="556911DF" w14:textId="77777777" w:rsidR="00B12A6F" w:rsidRPr="000A45D0" w:rsidRDefault="00C343F4" w:rsidP="00F9767C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A45D0">
@@ -4967,75 +4939,75 @@
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="000A45D0">
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">________________/А.В. </w:t>
                   </w:r>
                   <w:r w:rsidR="00094396" w:rsidRPr="000A45D0">
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Ведерников</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="3B8BF8E8" w14:textId="1887B07B" w:rsidR="00F9767C" w:rsidRPr="000A45D0" w:rsidRDefault="00F9767C" w:rsidP="00F9767C">
+                <w:p w14:paraId="3B8BF8E8" w14:textId="28A1FA33" w:rsidR="00F9767C" w:rsidRPr="000A45D0" w:rsidRDefault="00F9767C" w:rsidP="00F9767C">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="000A45D0">
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>«___»______________202</w:t>
                   </w:r>
-                  <w:r w:rsidR="00D45227" w:rsidRPr="000A45D0">
+                  <w:r w:rsidR="0013493C">
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
-                    <w:t>5</w:t>
+                    <w:t>6</w:t>
                   </w:r>
                   <w:r w:rsidRPr="000A45D0">
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>г.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="2C98CBE2" w14:textId="77777777" w:rsidR="00F9767C" w:rsidRPr="000A45D0" w:rsidRDefault="00F9767C" w:rsidP="00F9767C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -5106,92 +5078,74 @@
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A45D0">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>_________________/</w:t>
             </w:r>
             <w:r w:rsidR="00D42ADE" w:rsidRPr="000A45D0">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>___________</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E4CA37A" w14:textId="4691EDA9" w:rsidR="00F9767C" w:rsidRPr="000A45D0" w:rsidRDefault="00F9767C" w:rsidP="00F9767C">
+          <w:p w14:paraId="1E4CA37A" w14:textId="7E9B5C58" w:rsidR="00F9767C" w:rsidRPr="000A45D0" w:rsidRDefault="00F9767C" w:rsidP="00F9767C">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A45D0">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>«__</w:t>
+              <w:t>«___»______________202</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="000A45D0">
+            <w:r w:rsidR="0013493C">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>_»_</w:t>
-[...16 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="000A45D0">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>г.</w:t>
             </w:r>
             <w:permEnd w:id="798584516"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2266320B" w14:textId="77777777" w:rsidR="00B12A6F" w:rsidRPr="000A45D0" w:rsidRDefault="00B12A6F" w:rsidP="00F9767C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="54B53EFD" w14:textId="365EA5C4" w:rsidR="00B12A6F" w:rsidRPr="000A45D0" w:rsidRDefault="00C343F4" w:rsidP="00F9767C">
@@ -7401,58 +7355,58 @@
       <w:r w:rsidR="008B3682" w:rsidRPr="000A45D0">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00B12A6F" w:rsidRPr="000A45D0" w:rsidSect="00223070">
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="993" w:right="851" w:bottom="1134" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0E4BE3BE" w14:textId="77777777" w:rsidR="00772513" w:rsidRDefault="00772513">
+    <w:p w14:paraId="6A039D9A" w14:textId="77777777" w:rsidR="00234CBE" w:rsidRDefault="00234CBE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="32B7F7F3" w14:textId="77777777" w:rsidR="00772513" w:rsidRDefault="00772513">
+    <w:p w14:paraId="589DDDC0" w14:textId="77777777" w:rsidR="00234CBE" w:rsidRDefault="00234CBE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
@@ -7509,58 +7463,58 @@
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="4CA90776" w14:textId="77777777" w:rsidR="00B12A6F" w:rsidRDefault="00B12A6F">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="261"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="098459CD" w14:textId="77777777" w:rsidR="00772513" w:rsidRDefault="00772513">
+    <w:p w14:paraId="54DA3D53" w14:textId="77777777" w:rsidR="00234CBE" w:rsidRDefault="00234CBE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="03DF2047" w14:textId="77777777" w:rsidR="00772513" w:rsidRDefault="00772513">
+    <w:p w14:paraId="75C66A01" w14:textId="77777777" w:rsidR="00234CBE" w:rsidRDefault="00234CBE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="19DB1E9F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="19DB1E9F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -8658,91 +8612,92 @@
   </w:num>
   <w:num w:numId="6" w16cid:durableId="734861438">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1157300709">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1699620418">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="793134614">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="2133016715">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1601137406">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="ri3zGVWEvdwJdlU0I844v8zKCrVvc8jLWmmMz0SPb9q7aKvxUBYsmDgK6janZpXCmUe7Ty4Z8LF3UJCSja01/w==" w:salt="tfK32C6dUZqu1hzVkn1Sgg=="/>
+  <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="tmwv5lNiucalyhBoM2cxvGP3PKkNlkv0JZ9qqLv02HgBp8lWgPMQ5M+/1CBJQWCm3fFg2oABZU1wByRzwHJs5g==" w:salt="eXg9LBkDa8ZoG7x61pGrlA=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00686490"/>
     <w:rsid w:val="00067A98"/>
     <w:rsid w:val="00072EEE"/>
     <w:rsid w:val="0008567B"/>
     <w:rsid w:val="00085955"/>
     <w:rsid w:val="00094396"/>
     <w:rsid w:val="00094B2E"/>
     <w:rsid w:val="000A12EB"/>
     <w:rsid w:val="000A45D0"/>
     <w:rsid w:val="000B11EF"/>
     <w:rsid w:val="000C1D2D"/>
     <w:rsid w:val="000C49B5"/>
     <w:rsid w:val="000D5F65"/>
     <w:rsid w:val="000E60F2"/>
     <w:rsid w:val="001035D2"/>
     <w:rsid w:val="001223A0"/>
     <w:rsid w:val="00126B9D"/>
+    <w:rsid w:val="0013493C"/>
     <w:rsid w:val="0015067B"/>
     <w:rsid w:val="00222F8B"/>
     <w:rsid w:val="00223070"/>
+    <w:rsid w:val="00234CBE"/>
     <w:rsid w:val="002362C5"/>
     <w:rsid w:val="002367AC"/>
     <w:rsid w:val="00246262"/>
     <w:rsid w:val="00251A90"/>
     <w:rsid w:val="002F048E"/>
     <w:rsid w:val="002F35EC"/>
     <w:rsid w:val="002F411A"/>
     <w:rsid w:val="0031321E"/>
     <w:rsid w:val="00382961"/>
     <w:rsid w:val="0038445A"/>
     <w:rsid w:val="003A0A02"/>
     <w:rsid w:val="003A37BD"/>
     <w:rsid w:val="003D02AC"/>
     <w:rsid w:val="003F0CAE"/>
     <w:rsid w:val="00435BC4"/>
     <w:rsid w:val="00462F81"/>
     <w:rsid w:val="00483266"/>
     <w:rsid w:val="004875C3"/>
     <w:rsid w:val="004A7484"/>
     <w:rsid w:val="004D0CE6"/>
     <w:rsid w:val="004E5716"/>
     <w:rsid w:val="00501DE3"/>
     <w:rsid w:val="00586ABB"/>
     <w:rsid w:val="005A3D8C"/>
     <w:rsid w:val="005A58C1"/>
@@ -8751,50 +8706,51 @@
     <w:rsid w:val="005D24F9"/>
     <w:rsid w:val="005E6E67"/>
     <w:rsid w:val="005F15C3"/>
     <w:rsid w:val="0060194E"/>
     <w:rsid w:val="00686490"/>
     <w:rsid w:val="006B39B4"/>
     <w:rsid w:val="006D3180"/>
     <w:rsid w:val="007001B5"/>
     <w:rsid w:val="00720A0E"/>
     <w:rsid w:val="0075466F"/>
     <w:rsid w:val="00772513"/>
     <w:rsid w:val="0077312A"/>
     <w:rsid w:val="007908FD"/>
     <w:rsid w:val="007927C7"/>
     <w:rsid w:val="007C1C89"/>
     <w:rsid w:val="0082189D"/>
     <w:rsid w:val="00856363"/>
     <w:rsid w:val="00856FC0"/>
     <w:rsid w:val="008620B2"/>
     <w:rsid w:val="008A5FD8"/>
     <w:rsid w:val="008B3682"/>
     <w:rsid w:val="008C7643"/>
     <w:rsid w:val="00965B44"/>
     <w:rsid w:val="0098403E"/>
     <w:rsid w:val="0099214C"/>
+    <w:rsid w:val="009A2160"/>
     <w:rsid w:val="009A6BF0"/>
     <w:rsid w:val="009A720D"/>
     <w:rsid w:val="009B497C"/>
     <w:rsid w:val="009B5DB8"/>
     <w:rsid w:val="009C3228"/>
     <w:rsid w:val="009D35F6"/>
     <w:rsid w:val="009E1C62"/>
     <w:rsid w:val="009F6E2A"/>
     <w:rsid w:val="00A0264E"/>
     <w:rsid w:val="00A039C6"/>
     <w:rsid w:val="00A16A5F"/>
     <w:rsid w:val="00A6620D"/>
     <w:rsid w:val="00A97F02"/>
     <w:rsid w:val="00AB180E"/>
     <w:rsid w:val="00AF3C9D"/>
     <w:rsid w:val="00B12A6F"/>
     <w:rsid w:val="00B6685F"/>
     <w:rsid w:val="00B75629"/>
     <w:rsid w:val="00B777A5"/>
     <w:rsid w:val="00B850A7"/>
     <w:rsid w:val="00B947C5"/>
     <w:rsid w:val="00BC3571"/>
     <w:rsid w:val="00BC6814"/>
     <w:rsid w:val="00C343F4"/>
     <w:rsid w:val="00C97D67"/>
@@ -20635,71 +20591,71 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:SpecialFormsHighlight w:val="c9c8ff"/>
 </w:settings>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4963969B-DF5D-4DA0-AA26-C345B087A954}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5D0AEA6B-E499-4EEF-98A3-AFBB261C493E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5D0AEA6B-E499-4EEF-98A3-AFBB261C493E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4963969B-DF5D-4DA0-AA26-C345B087A954}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>4597</Words>
   <Characters>26204</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>8</DocSecurity>
   <Lines>218</Lines>
   <Paragraphs>61</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>